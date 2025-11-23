--- v0 (2025-10-10)
+++ v1 (2025-11-23)
@@ -1,44 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7662E9D1" w14:textId="77777777" w:rsidR="00ED4567" w:rsidRDefault="00B93178" w:rsidP="0077227D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -203,73 +202,97 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="557A8B9B" w14:textId="77777777" w:rsidR="001925DB" w:rsidRPr="00FD0D16" w:rsidRDefault="001925DB" w:rsidP="006157E1">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:ind w:right="270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD0D16">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>TCPS 2 (201</w:t>
+        <w:t>TCPS 2 (</w:t>
       </w:r>
-      <w:r w:rsidR="008231F6">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD0D16">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>8</w:t>
+        <w:t>201</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD0D16">
+      <w:r w:rsidR="008231F6">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>) — Tri-Council Policy Statement: Ethical Conduct for Research Involving Humans</w:t>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD0D16">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>) —</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD0D16">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tri-Council Policy Statement: Ethical Conduct for Research Involving Humans</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="594A8E6D" w14:textId="77777777" w:rsidR="00E57C0D" w:rsidRDefault="001925DB" w:rsidP="006157E1">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:ind w:right="270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD0D16">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Article 6.12</w:t>
@@ -531,51 +554,50 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0077227D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Full Board</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B91083" w:rsidRPr="00FD0D16" w14:paraId="0E85C551" w14:textId="77777777" w:rsidTr="00E23036">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="130AB0F4" w14:textId="46246997" w:rsidR="00B91083" w:rsidRDefault="00B91083" w:rsidP="00504454">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
@@ -596,258 +618,116 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1C333013" w14:textId="66BC6391" w:rsidR="00B91083" w:rsidRPr="00F26026" w:rsidRDefault="00F26026" w:rsidP="006157E1">
+          </w:tcPr>
+          <w:p w14:paraId="1C333013" w14:textId="7B27DF1E" w:rsidR="00B91083" w:rsidRPr="00F26026" w:rsidRDefault="00F26026" w:rsidP="006157E1">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00905B60">
-[...11 lines deleted...]
-                </w:rPrChange>
+            <w:r w:rsidRPr="00CB15E1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Completed </w:t>
             </w:r>
-            <w:r w:rsidR="00BF782D" w:rsidRPr="006A004F">
-[...17 lines deleted...]
-              <w:r w:rsidR="006A004F">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidR="00BF782D" w:rsidRPr="00CB15E1">
                 <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:instrText>HYPERLINK "https://forms.office.com/pages/responsepage.aspx?id=zrAEUX-1UEmtdyib3BsCQ5XAES0UhG1Il3V5zW8lZZRUNlNWMlU5MUI0RUdNTDhCUFdRVlNXS0hZUS4u&amp;route=shorturl"</w:instrText>
+                <w:t xml:space="preserve">MGH Research </w:t>
               </w:r>
-            </w:ins>
-[...1 lines deleted...]
-              <w:r w:rsidR="00BF782D" w:rsidRPr="006A004F" w:rsidDel="006A004F">
+              <w:r w:rsidR="00F24024" w:rsidRPr="00CB15E1">
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...17 lines deleted...]
-                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Intake and </w:t>
               </w:r>
-            </w:ins>
-[...122 lines deleted...]
-                </w:rPrChange>
+              <w:r w:rsidR="00096258" w:rsidRPr="00CB15E1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approval </w:t>
+              </w:r>
+              <w:r w:rsidR="00BF782D" w:rsidRPr="00CB15E1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>Form</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="001A6C2A" w:rsidRPr="00CB15E1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72C7FB8D" w14:textId="79069BE5" w:rsidR="00B91083" w:rsidRPr="0005427D" w:rsidRDefault="00B91083" w:rsidP="00F13BEB">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005427D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="56"/>
@@ -866,120 +746,118 @@
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005427D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F050"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00310BC5" w:rsidRPr="00FD0D16" w14:paraId="2FDFAA2B" w14:textId="77777777" w:rsidTr="00E23036">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="609E4B3D" w14:textId="77777777" w:rsidR="00310BC5" w:rsidRDefault="00310BC5" w:rsidP="00504454">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Check3"/>
+            <w:bookmarkStart w:id="0" w:name="Check3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="33B93C1A" w14:textId="685559D6" w:rsidR="00310BC5" w:rsidRPr="00EA2668" w:rsidRDefault="00310BC5" w:rsidP="006157E1">
+          </w:tcPr>
+          <w:p w14:paraId="33B93C1A" w14:textId="225D9EFE" w:rsidR="00310BC5" w:rsidRPr="00EA2668" w:rsidRDefault="00310BC5" w:rsidP="006157E1">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00310BC5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CV</w:t>
             </w:r>
             <w:r w:rsidR="00C65EC0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">s (must include date) – All </w:t>
             </w:r>
             <w:r w:rsidRPr="00310BC5">
@@ -1091,126 +969,124 @@
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005427D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F050"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00504454" w:rsidRPr="00FD0D16" w14:paraId="51A75BD9" w14:textId="77777777" w:rsidTr="00E23036">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32900345" w14:textId="77777777" w:rsidR="00504454" w:rsidRPr="00504454" w:rsidRDefault="00504454" w:rsidP="00504454">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> </w:instrText>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Check1"/>
+            <w:bookmarkStart w:id="1" w:name="Check1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve">FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59DA4B20" w14:textId="4CD790E3" w:rsidR="00504454" w:rsidRPr="00FD0D16" w:rsidRDefault="00504454" w:rsidP="00EE65DF">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA2668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Tri-Council Policy Statement 2 (TCPS 2) </w:t>
             </w:r>
             <w:r w:rsidR="006157E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -1281,51 +1157,50 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005427D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F050"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00504454" w:rsidRPr="00FD0D16" w14:paraId="4C4056A3" w14:textId="77777777" w:rsidTr="00E23036">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C7B87F9" w14:textId="77777777" w:rsidR="00504454" w:rsidRDefault="00504454" w:rsidP="00504454">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00005A99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00005A99">
               <w:rPr>
@@ -1344,51 +1219,50 @@
             </w:r>
             <w:r w:rsidRPr="00005A99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00005A99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A1C23C3" w14:textId="597C2F6C" w:rsidR="00504454" w:rsidRPr="00206ADD" w:rsidRDefault="00504454" w:rsidP="00206ADD">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA2668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Privacy </w:t>
             </w:r>
             <w:r w:rsidR="00206ADD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -1490,138 +1364,208 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005427D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F050"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F916A6" w:rsidRPr="00FD0D16" w14:paraId="4D425C87" w14:textId="77777777" w:rsidTr="00E23036">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B488966" w14:textId="77777777" w:rsidR="00F916A6" w:rsidRPr="00005A99" w:rsidRDefault="00F916A6" w:rsidP="00F916A6">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Check4"/>
+            <w:bookmarkStart w:id="2" w:name="Check4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="08CBF443" w14:textId="77777777" w:rsidR="00F916A6" w:rsidRPr="00EA2668" w:rsidRDefault="00F916A6" w:rsidP="00F916A6">
+          </w:tcPr>
+          <w:p w14:paraId="3006B749" w14:textId="77777777" w:rsidR="00F916A6" w:rsidRDefault="00F916A6" w:rsidP="00F916A6">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00310BC5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Health Canada Division 5-Drugs for Clinical Trials Involving Human Subjects (Division 5) Certificate</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08CBF443" w14:textId="11A302A8" w:rsidR="00E22C54" w:rsidRPr="00E22C54" w:rsidRDefault="00E22C54" w:rsidP="00F916A6">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Must be submitted for all Health Canada Regulated Clinical Trials </w:t>
+            </w:r>
+            <w:r w:rsidR="00815B62">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(i.e., </w:t>
+            </w:r>
+            <w:r w:rsidR="00291E9D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Studies with a </w:t>
+            </w:r>
+            <w:r w:rsidR="00815B62">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Clinical Trial Agreement and No Objection Letter</w:t>
+            </w:r>
+            <w:r w:rsidR="00291E9D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (NOL)</w:t>
+            </w:r>
+            <w:r w:rsidR="00815B62">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">). </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="13665887" w14:textId="5D76AC8B" w:rsidR="00F916A6" w:rsidRPr="0005427D" w:rsidRDefault="00905B60" w:rsidP="00F916A6">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005427D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
@@ -1647,138 +1591,178 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F080"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F916A6" w:rsidRPr="00FD0D16" w14:paraId="0F6DF02A" w14:textId="77777777" w:rsidTr="00E23036">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05E4938B" w14:textId="77777777" w:rsidR="00F916A6" w:rsidRPr="00005A99" w:rsidRDefault="00F916A6" w:rsidP="00F916A6">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Check5"/>
+            <w:bookmarkStart w:id="3" w:name="Check5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2CFCEF93" w14:textId="77777777" w:rsidR="00F916A6" w:rsidRPr="00310BC5" w:rsidRDefault="00F916A6" w:rsidP="00F916A6">
+          </w:tcPr>
+          <w:p w14:paraId="5C423E32" w14:textId="77777777" w:rsidR="00F916A6" w:rsidRDefault="00F916A6" w:rsidP="00F916A6">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00310BC5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Good Clinical Practice (GCP) Certificate</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CFCEF93" w14:textId="7EB7AC0E" w:rsidR="00E22C54" w:rsidRPr="00E22C54" w:rsidRDefault="00E22C54" w:rsidP="00F916A6">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Must be submitted for all Interventional Clinical Trials including Health Canada </w:t>
+            </w:r>
+            <w:r w:rsidR="00377BDF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">egulated Trials </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7E7F9717" w14:textId="77777777" w:rsidR="00F916A6" w:rsidRPr="0005427D" w:rsidRDefault="00F916A6" w:rsidP="00F916A6">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
@@ -1804,121 +1788,119 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F080"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00310BC5" w:rsidRPr="00FD0D16" w14:paraId="703E6FD4" w14:textId="77777777" w:rsidTr="00E23036">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07A331E2" w14:textId="77777777" w:rsidR="00310BC5" w:rsidRPr="00005A99" w:rsidRDefault="00310BC5" w:rsidP="00504454">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Check6"/>
+            <w:bookmarkStart w:id="4" w:name="Check6"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1ABD6E8A" w14:textId="77777777" w:rsidR="00310BC5" w:rsidRPr="00310BC5" w:rsidRDefault="00310BC5" w:rsidP="00EE65DF">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00310BC5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Responsible Conduct of Research (RCR) Certificate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -2051,200 +2033,220 @@
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Check8"/>
+            <w:bookmarkStart w:id="5" w:name="Check8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
           <w:p w14:paraId="48EF52D3" w14:textId="37347A6E" w:rsidR="00E23036" w:rsidRDefault="00E23036" w:rsidP="00E23036">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Check9"/>
+            <w:bookmarkStart w:id="6" w:name="Check9"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="7E30CDEE" w14:textId="2FE01AC2" w:rsidR="00000927" w:rsidRDefault="00000927" w:rsidP="00E23036">
             <w:pPr>
               <w:spacing w:before="60" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">N2 Investigator Standard Operating Procedures (SOP) training </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00E23036">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>are</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> required to be completed within six weeks of REB submission. MGH investigators will be enrolled at time of </w:t>
             </w:r>
             <w:r w:rsidR="00E23036">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">their </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>REB submission with the exception of MGH Medical Education Learners (Residents).</w:t>
+              <w:t xml:space="preserve">REB submission </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>with the exception of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MGH Medical Education Learners (Residents).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D354EE2" w14:textId="599FAB8B" w:rsidR="00000927" w:rsidRDefault="00000927" w:rsidP="00000927">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The following training certificates</w:t>
             </w:r>
             <w:r w:rsidR="00E23036">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -2335,57 +2337,67 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E23036">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>N2 Investigator Standard Operating Procedure Module 5</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="204956E0" w14:textId="7BA9AF62" w:rsidR="00000927" w:rsidRPr="00000927" w:rsidRDefault="00E23036" w:rsidP="00E23036">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00E23036">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>Submitting an Application to the Research Ethics Board (REB) Module</w:t>
+              <w:t>Submitting an Application</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E23036">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to the Research Ethics Board (REB) Module</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="38968A45" w14:textId="73363389" w:rsidR="00000927" w:rsidRDefault="00000927" w:rsidP="006157E1">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005427D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -2503,51 +2515,50 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005427D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F050"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00504454" w:rsidRPr="00FD0D16" w14:paraId="311478A9" w14:textId="77777777" w:rsidTr="00E23036">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="265502DE" w14:textId="77777777" w:rsidR="00504454" w:rsidRDefault="00504454" w:rsidP="00504454">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00005A99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00005A99">
               <w:rPr>
@@ -2566,51 +2577,50 @@
             </w:r>
             <w:r w:rsidRPr="00005A99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00005A99">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="265BB306" w14:textId="4D7100EE" w:rsidR="00504454" w:rsidRPr="00FD0D16" w:rsidRDefault="006349A1" w:rsidP="00C00263">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Research Administrative </w:t>
             </w:r>
             <w:r w:rsidR="00504454" w:rsidRPr="00FD0D16">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Fee &amp; Copy of Research </w:t>
@@ -2684,260 +2694,54 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F080"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00504454" w:rsidRPr="00FD0D16" w14:paraId="04117B8C" w14:textId="77777777" w:rsidTr="00E23036">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6EED8469" w14:textId="77777777" w:rsidR="00504454" w:rsidRDefault="00504454" w:rsidP="00504454">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-            </w:pPr>
-[...203 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
@@ -2953,140 +2757,188 @@
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3E9761AD" w14:textId="393D1A14" w:rsidR="0014312A" w:rsidRPr="00FD0D16" w:rsidDel="007722A3" w:rsidRDefault="0014312A" w:rsidP="0014312A">
+          </w:tcPr>
+          <w:p w14:paraId="28FDA329" w14:textId="19F50E6F" w:rsidR="00504454" w:rsidRPr="00FD0D16" w:rsidRDefault="00E0314B" w:rsidP="00C00263">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Appendix A: Conflict of Interest Declaration (If applicable) </w:t>
+              <w:t>MGH Initial REB</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD0D16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00504454" w:rsidRPr="00FD0D16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Application including </w:t>
+            </w:r>
+            <w:r w:rsidR="00504454" w:rsidRPr="00FD0D16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>all</w:t>
+            </w:r>
+            <w:r w:rsidR="00504454" w:rsidRPr="00FD0D16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00504454" w:rsidRPr="00FD0D16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>required signatures</w:t>
+            </w:r>
+            <w:r w:rsidR="00504454" w:rsidRPr="00FD0D16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="508B1272" w14:textId="44A98DA1" w:rsidR="0014312A" w:rsidRPr="0005427D" w:rsidRDefault="00905B60" w:rsidP="0014312A">
+          <w:p w14:paraId="25692ED8" w14:textId="77777777" w:rsidR="00504454" w:rsidRPr="0005427D" w:rsidRDefault="00504454" w:rsidP="00476DB0">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005427D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="00B050"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              <w:sym w:font="Wingdings 2" w:char="F080"/>
+              <w:sym w:font="Wingdings 2" w:char="F050"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="024F8F23" w14:textId="5B77A937" w:rsidR="0014312A" w:rsidRPr="0005427D" w:rsidRDefault="006A004F" w:rsidP="0014312A">
+          <w:p w14:paraId="4F36CADE" w14:textId="77777777" w:rsidR="00504454" w:rsidRPr="0005427D" w:rsidRDefault="00504454" w:rsidP="00476DB0">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005427D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="00B050"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              <w:sym w:font="Wingdings 2" w:char="F080"/>
+              <w:sym w:font="Wingdings 2" w:char="F050"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0014312A" w:rsidRPr="00FD0D16" w14:paraId="7A132F8B" w14:textId="77777777" w:rsidTr="00E23036">
+      <w:tr w:rsidR="0014312A" w:rsidRPr="00FD0D16" w14:paraId="4132DE86" w14:textId="77777777" w:rsidTr="00E23036">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3C1641C0" w14:textId="180A83F7" w:rsidR="0014312A" w:rsidRPr="00E67178" w:rsidRDefault="0014312A" w:rsidP="0014312A">
+          </w:tcPr>
+          <w:p w14:paraId="680FBB75" w14:textId="455678B6" w:rsidR="0014312A" w:rsidRPr="00E67178" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
@@ -3108,139 +2960,145 @@
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3CE5474E" w14:textId="1D7F681E" w:rsidR="0014312A" w:rsidRDefault="0014312A" w:rsidP="0014312A">
+          </w:tcPr>
+          <w:p w14:paraId="3E9761AD" w14:textId="393D1A14" w:rsidR="0014312A" w:rsidRPr="00FD0D16" w:rsidDel="007722A3" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Appendix B: Study Personnel Log (Required) </w:t>
+              <w:t xml:space="preserve">Appendix A: Conflict of Interest Declaration (If applicable) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42ED4C09" w14:textId="16DCCA08" w:rsidR="0014312A" w:rsidRPr="0005427D" w:rsidRDefault="0014312A" w:rsidP="0014312A">
+          <w:p w14:paraId="508B1272" w14:textId="44A98DA1" w:rsidR="0014312A" w:rsidRPr="0005427D" w:rsidRDefault="00905B60" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005427D">
-[...2 lines deleted...]
-                <w:color w:val="00B050"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:sym w:font="Wingdings 2" w:char="F050"/>
+              <w:sym w:font="Wingdings 2" w:char="F080"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="248AC0CD" w14:textId="2F3F56EB" w:rsidR="0014312A" w:rsidRPr="0005427D" w:rsidRDefault="0014312A" w:rsidP="0014312A">
+          <w:p w14:paraId="024F8F23" w14:textId="5B77A937" w:rsidR="0014312A" w:rsidRPr="0005427D" w:rsidRDefault="006A004F" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005427D">
-[...2 lines deleted...]
-                <w:color w:val="00B050"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:sym w:font="Wingdings 2" w:char="F050"/>
+              <w:sym w:font="Wingdings 2" w:char="F080"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0014312A" w:rsidRPr="00FD0D16" w14:paraId="638474E7" w14:textId="77777777" w:rsidTr="00E23036">
+      <w:tr w:rsidR="0014312A" w:rsidRPr="00FD0D16" w14:paraId="7A132F8B" w14:textId="77777777" w:rsidTr="00E23036">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2DBD559E" w14:textId="77777777" w:rsidR="0014312A" w:rsidRDefault="0014312A" w:rsidP="0014312A">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C1641C0" w14:textId="180A83F7" w:rsidR="0014312A" w:rsidRPr="00E67178" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3252,146 +3110,138 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="538A6B3C" w14:textId="53468C51" w:rsidR="0014312A" w:rsidRPr="00FD0D16" w:rsidRDefault="0014312A" w:rsidP="0014312A">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3CE5474E" w14:textId="1D7F681E" w:rsidR="0014312A" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD0D16">
-[...6 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> MGH Initial REB Application</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Appendix B: Study Personnel Log (Required) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="0040B8AA" w14:textId="77777777" w:rsidR="0014312A" w:rsidRPr="00EA2668" w:rsidRDefault="0014312A" w:rsidP="0014312A">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42ED4C09" w14:textId="16DCCA08" w:rsidR="0014312A" w:rsidRPr="0005427D" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:color w:val="00B050"/>
+                <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005427D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="00B050"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:sym w:font="Wingdings 2" w:char="F04F"/>
+              <w:sym w:font="Wingdings 2" w:char="F050"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="4DF8F965" w14:textId="77777777" w:rsidR="0014312A" w:rsidRPr="0005427D" w:rsidRDefault="0014312A" w:rsidP="0014312A">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="248AC0CD" w14:textId="2F3F56EB" w:rsidR="0014312A" w:rsidRPr="0005427D" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:sym w:font="Wingdings 2" w:char="F080"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0005427D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="00B050"/>
+                <w:sz w:val="56"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F050"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0014312A" w:rsidRPr="00FD0D16" w14:paraId="03F118DF" w14:textId="77777777" w:rsidTr="00E23036">
+      <w:tr w:rsidR="0014312A" w:rsidRPr="00FD0D16" w14:paraId="638474E7" w14:textId="77777777" w:rsidTr="00E23036">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6B85A8A4" w14:textId="77777777" w:rsidR="0014312A" w:rsidRDefault="0014312A" w:rsidP="0014312A">
+          </w:tcPr>
+          <w:p w14:paraId="2DBD559E" w14:textId="77777777" w:rsidR="0014312A" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
@@ -3405,131 +3255,144 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="01A39CE9" w14:textId="77777777" w:rsidR="0014312A" w:rsidRPr="00FD0D16" w:rsidRDefault="0014312A" w:rsidP="0014312A">
+          </w:tcPr>
+          <w:p w14:paraId="538A6B3C" w14:textId="53468C51" w:rsidR="0014312A" w:rsidRPr="00FD0D16" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0D16">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Protocol / Research Proposal </w:t>
+              <w:t>Clinical Trials Registration Number – Identify on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MGH Initial REB Application</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD0D16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CC73789" w14:textId="77777777" w:rsidR="0014312A" w:rsidRPr="0005427D" w:rsidRDefault="0014312A" w:rsidP="0014312A">
+          <w:p w14:paraId="0040B8AA" w14:textId="77777777" w:rsidR="0014312A" w:rsidRPr="00EA2668" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:color w:val="00B050"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005427D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:color w:val="00B050"/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:sym w:font="Wingdings 2" w:char="F050"/>
+              <w:sym w:font="Wingdings 2" w:char="F04F"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01AA7903" w14:textId="77777777" w:rsidR="0014312A" w:rsidRPr="0005427D" w:rsidRDefault="0014312A" w:rsidP="0014312A">
+          <w:p w14:paraId="4DF8F965" w14:textId="77777777" w:rsidR="0014312A" w:rsidRPr="0005427D" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005427D">
-[...2 lines deleted...]
-                <w:color w:val="00B050"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:sym w:font="Wingdings 2" w:char="F050"/>
+              <w:sym w:font="Wingdings 2" w:char="F080"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0014312A" w:rsidRPr="00FD0D16" w14:paraId="25001135" w14:textId="77777777" w:rsidTr="00E23036">
+      <w:tr w:rsidR="0014312A" w:rsidRPr="00FD0D16" w14:paraId="03F118DF" w14:textId="77777777" w:rsidTr="00E23036">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5353E001" w14:textId="77777777" w:rsidR="0014312A" w:rsidRDefault="0014312A" w:rsidP="0014312A">
+          </w:tcPr>
+          <w:p w14:paraId="6B85A8A4" w14:textId="77777777" w:rsidR="0014312A" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
@@ -3543,99 +3406,234 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A39CE9" w14:textId="77777777" w:rsidR="0014312A" w:rsidRPr="00FD0D16" w:rsidRDefault="0014312A" w:rsidP="0014312A">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD0D16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Protocol / Research Proposal </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CC73789" w14:textId="77777777" w:rsidR="0014312A" w:rsidRPr="0005427D" w:rsidRDefault="0014312A" w:rsidP="0014312A">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="00B050"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005427D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="00B050"/>
+                <w:sz w:val="56"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F050"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01AA7903" w14:textId="77777777" w:rsidR="0014312A" w:rsidRPr="0005427D" w:rsidRDefault="0014312A" w:rsidP="0014312A">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="00B050"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005427D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="00B050"/>
+                <w:sz w:val="56"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F050"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0014312A" w:rsidRPr="00FD0D16" w14:paraId="25001135" w14:textId="77777777" w:rsidTr="00E23036">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5353E001" w14:textId="77777777" w:rsidR="0014312A" w:rsidRDefault="0014312A" w:rsidP="0014312A">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E67178">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00E67178">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E67178">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E67178">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E67178">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53C571A6" w14:textId="77777777" w:rsidR="0014312A" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0D16">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Participant Informed Consent Form(s)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58A5E26B" w14:textId="2D23A1FD" w:rsidR="0014312A" w:rsidRPr="0077227D" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0077227D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Please review the</w:t>
             </w:r>
             <w:r w:rsidRPr="00AB2820">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidRPr="00AB2820">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:i/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Consent Form Checklist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0077227D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for guidance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
@@ -3690,51 +3688,50 @@
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005427D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F050"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0014312A" w:rsidRPr="00FD0D16" w14:paraId="2D1FD4CF" w14:textId="77777777" w:rsidTr="00E23036">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CAD0998" w14:textId="77777777" w:rsidR="0014312A" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
@@ -3750,51 +3747,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2555E71C" w14:textId="77777777" w:rsidR="0014312A" w:rsidRPr="00FD0D16" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0D16">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Questionnaires / Surveys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B8FDD4F" w14:textId="77777777" w:rsidR="0014312A" w:rsidRPr="0005427D" w:rsidRDefault="0014312A" w:rsidP="0014312A">
@@ -3828,51 +3824,50 @@
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F080"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0014312A" w:rsidRPr="00FD0D16" w14:paraId="4CDEEFEF" w14:textId="77777777" w:rsidTr="00E23036">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3933D0FB" w14:textId="77777777" w:rsidR="0014312A" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
@@ -3888,51 +3883,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13E5077A" w14:textId="77777777" w:rsidR="0014312A" w:rsidRPr="00FD0D16" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0D16">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Data Collection Forms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="545C8213" w14:textId="77777777" w:rsidR="0014312A" w:rsidRPr="0005427D" w:rsidRDefault="0014312A" w:rsidP="0014312A">
@@ -3966,51 +3960,50 @@
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F080"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0014312A" w:rsidRPr="00FD0D16" w14:paraId="79893097" w14:textId="77777777" w:rsidTr="00E23036">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1FA780F6" w14:textId="77777777" w:rsidR="0014312A" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
@@ -4026,51 +4019,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="780B2EBC" w14:textId="77777777" w:rsidR="0014312A" w:rsidRPr="00FD0D16" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0D16">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Posters, Recruitment Fliers, Pamphlets, Brochures, Wallet Cards, Patient Diaries, etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="600CEC8A" w14:textId="77777777" w:rsidR="0014312A" w:rsidRPr="0005427D" w:rsidRDefault="0014312A" w:rsidP="0014312A">
@@ -4104,51 +4096,50 @@
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F080"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0014312A" w:rsidRPr="00FD0D16" w14:paraId="3D79D5F6" w14:textId="77777777" w:rsidTr="00E23036">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F1A0D2A" w14:textId="77777777" w:rsidR="0014312A" w:rsidRPr="00C03146" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00C03146">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00C03146">
               <w:rPr>
@@ -4164,51 +4155,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00C03146">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C03146">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4577C4EC" w14:textId="612FFED3" w:rsidR="0014312A" w:rsidRPr="00C03146" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47570">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Site </w:t>
             </w:r>
             <w:r w:rsidR="001C4997">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>S</w:t>
@@ -4266,51 +4256,50 @@
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C03146">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F050"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0014312A" w:rsidRPr="00FD0D16" w14:paraId="5221A909" w14:textId="77777777" w:rsidTr="00E23036">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06120421" w14:textId="77777777" w:rsidR="0014312A" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
@@ -4326,69 +4315,78 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C351D95" w14:textId="77777777" w:rsidR="0014312A" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00FD0D16">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Form 1572 </w:t>
+              <w:t>Form</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FD0D16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1572 </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1CBCD4CB" w14:textId="77777777" w:rsidR="0014312A" w:rsidRPr="00FD0D16" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0D16">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If applicable – for US industry sponsored studies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
@@ -4424,51 +4422,50 @@
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F080"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0014312A" w:rsidRPr="00FD0D16" w14:paraId="7919509C" w14:textId="77777777" w:rsidTr="00E23036">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="705E9C3A" w14:textId="77777777" w:rsidR="0014312A" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
@@ -4484,51 +4481,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E67178">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="789C54BA" w14:textId="77777777" w:rsidR="0014312A" w:rsidRPr="00FD0D16" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0D16">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Investigator’s Brochure / Product Monograph</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="206B66EC" w14:textId="77777777" w:rsidR="0014312A" w:rsidRPr="0005427D" w:rsidRDefault="0014312A" w:rsidP="0014312A">
@@ -4562,51 +4558,50 @@
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F080"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0014312A" w:rsidRPr="00FD0D16" w14:paraId="0E7CE5C7" w14:textId="77777777" w:rsidTr="00E23036">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B3670DF" w14:textId="77777777" w:rsidR="0014312A" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00A92360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A92360">
               <w:rPr>
@@ -4622,51 +4617,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A92360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A92360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5295131F" w14:textId="77777777" w:rsidR="0014312A" w:rsidRPr="00FD0D16" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0D16">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Device Manual</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C0B6C9F" w14:textId="77777777" w:rsidR="0014312A" w:rsidRPr="0005427D" w:rsidRDefault="0014312A" w:rsidP="0014312A">
@@ -4700,51 +4694,50 @@
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F080"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0014312A" w:rsidRPr="00FD0D16" w14:paraId="04B557DA" w14:textId="77777777" w:rsidTr="00E23036">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6887CBBF" w14:textId="77777777" w:rsidR="0014312A" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00A92360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A92360">
               <w:rPr>
@@ -4760,51 +4753,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A92360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A92360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3CA05107" w14:textId="77777777" w:rsidR="0014312A" w:rsidRPr="00FD0D16" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0D16">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Health Canada No Objection Letter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D514FEF" w14:textId="77777777" w:rsidR="0014312A" w:rsidRPr="0005427D" w:rsidRDefault="0014312A" w:rsidP="0014312A">
@@ -4838,51 +4830,50 @@
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F080"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0014312A" w:rsidRPr="00FD0D16" w14:paraId="50862FFB" w14:textId="77777777" w:rsidTr="00E23036">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3BF80330" w14:textId="77777777" w:rsidR="0014312A" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00A92360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A92360">
               <w:rPr>
@@ -4898,79 +4889,68 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A92360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A92360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="349F1CBC" w14:textId="77777777" w:rsidR="0014312A" w:rsidRPr="00FD0D16" w:rsidRDefault="0014312A" w:rsidP="0014312A">
+          </w:tcPr>
+          <w:p w14:paraId="349F1CBC" w14:textId="43A78459" w:rsidR="0014312A" w:rsidRPr="00FD0D16" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0D16">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>REB Approval Letters &amp; Correspondence</w:t>
             </w:r>
-            <w:del w:id="20" w:author="Klaudia  Rymaszewski" w:date="2025-03-26T13:57:00Z" w16du:dateUtc="2025-03-26T17:57:00Z">
-[...8 lines deleted...]
-            </w:del>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="571E1909" w14:textId="77777777" w:rsidR="0014312A" w:rsidRPr="0005427D" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F080"/>
@@ -4986,51 +4966,50 @@
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F080"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0014312A" w:rsidRPr="00FD0D16" w14:paraId="07421B8E" w14:textId="77777777" w:rsidTr="00E23036">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D2427A5" w14:textId="5E953DA7" w:rsidR="0014312A" w:rsidRPr="00A92360" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A92360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
@@ -5051,51 +5030,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A92360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A92360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F11B530" w14:textId="40492CCD" w:rsidR="0014312A" w:rsidRPr="00FD0D16" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Thank you Letter to Study Participants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4560E0E2" w14:textId="302A45E1" w:rsidR="0014312A" w:rsidRDefault="0014312A" w:rsidP="0014312A">
@@ -5126,83 +5104,69 @@
           </w:tcPr>
           <w:p w14:paraId="30A00DE7" w14:textId="50173F38" w:rsidR="0014312A" w:rsidRDefault="0014312A" w:rsidP="0014312A">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F080"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="46EB9A5B" w14:textId="23F11C41" w:rsidR="00F86248" w:rsidDel="00CB33B9" w:rsidRDefault="006669E9" w:rsidP="00786987">
+    <w:p w14:paraId="582A2325" w14:textId="2672F014" w:rsidR="00917F4D" w:rsidRDefault="006669E9" w:rsidP="00786987">
       <w:pPr>
         <w:spacing w:before="120" w:after="60"/>
         <w:rPr>
-          <w:del w:id="21" w:author="Klaudia  Rymaszewski" w:date="2025-03-27T09:04:00Z" w16du:dateUtc="2025-03-27T13:04:00Z"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="8064A2" w:themeColor="accent4"/>
           <w:szCs w:val="8"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B13D2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>There may be other items not listed/identified here that you may want to include with your submission.</w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="1B0C2B41" w14:textId="77777777" w:rsidR="00F24EAD" w:rsidRDefault="00F24EAD" w:rsidP="00786987">
       <w:pPr>
         <w:spacing w:before="120" w:after="60"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="8064A2" w:themeColor="accent4"/>
           <w:szCs w:val="8"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DF5C4BA" w14:textId="77777777" w:rsidR="00917F4D" w:rsidRPr="00786987" w:rsidRDefault="00917F4D" w:rsidP="00786987">
       <w:pPr>
         <w:spacing w:before="120" w:after="60"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="8064A2" w:themeColor="accent4"/>
           <w:szCs w:val="8"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
@@ -5400,51 +5364,67 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>must appear in the upper left-hand corner in the header section where applicable (i.e., participant facing documents).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39D631FF" w14:textId="5703FC59" w:rsidR="0062036B" w:rsidRPr="0062036B" w:rsidRDefault="0062036B" w:rsidP="002317A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Electronic file names are not to exceed 40</w:t>
+        <w:t xml:space="preserve">Electronic file names </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not to exceed 40</w:t>
       </w:r>
       <w:r w:rsidRPr="0062036B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> characters including spaces. Names of files are to be in this format:</w:t>
       </w:r>
       <w:r w:rsidR="00F43AD1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F43AD1" w:rsidRPr="00F43AD1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Type_YearMonthDay_VersionNumber</w:t>
       </w:r>
       <w:r w:rsidR="00F43AD1">
         <w:rPr>
@@ -5650,162 +5630,135 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F43AD1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>PDF</w:t>
       </w:r>
       <w:r w:rsidR="002317A1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> or MS Word format.</w:t>
       </w:r>
       <w:r w:rsidR="002317A1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5448459A" w14:textId="4C33B886" w:rsidR="00C65596" w:rsidDel="00A47570" w:rsidRDefault="00C65596" w:rsidP="00A47570">
+    <w:p w14:paraId="60413573" w14:textId="41F70517" w:rsidR="00FD0D16" w:rsidRPr="00C03BFA" w:rsidRDefault="00C65596" w:rsidP="00CB15E1">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
-          <w:del w:id="22" w:author="Klaudia  Rymaszewski" w:date="2025-03-27T09:54:00Z" w16du:dateUtc="2025-03-27T13:54:00Z"/>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00504454">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please submit one full electronic copy of your complete submission </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504454">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>with all signatures</w:t>
+      </w:r>
+      <w:r w:rsidR="002317A1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, using the subject line “</w:t>
+      </w:r>
+      <w:r w:rsidR="002317A1" w:rsidRPr="00000927">
+        <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00504454">
+        <w:t>New Study Submission</w:t>
+      </w:r>
+      <w:r w:rsidR="002317A1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please submit one full electronic copy of your complete submission </w:t>
+        <w:t xml:space="preserve">”, </w:t>
       </w:r>
       <w:r w:rsidRPr="00504454">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="18"/>
-          <w:u w:val="single"/>
-[...1 lines deleted...]
-        <w:t>with all signatures</w:t>
+        </w:rPr>
+        <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="002317A1">
-[...6 lines deleted...]
-      <w:r w:rsidR="002317A1" w:rsidRPr="00000927">
+      <w:r w:rsidRPr="00504454">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>New Study Submission</w:t>
-[...20 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="007C12C9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>ResearchEthicsBoard@tehn.ca</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002317A1">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:del w:id="23" w:author="Klaudia  Rymaszewski" w:date="2025-03-27T09:54:00Z" w16du:dateUtc="2025-03-27T13:54:00Z">
-[...25 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FD0D16" w:rsidRPr="00C03BFA" w:rsidSect="004F2BAE">
-      <w:headerReference w:type="default" r:id="rId11"/>
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="2160" w:right="1080" w:bottom="1152" w:left="1080" w:header="720" w:footer="339" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="65E6DAEF" w14:textId="77777777" w:rsidR="00367701" w:rsidRDefault="00367701" w:rsidP="00BA52F1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4C71355C" w14:textId="77777777" w:rsidR="00367701" w:rsidRDefault="00367701" w:rsidP="00BA52F1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
@@ -5913,100 +5866,88 @@
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="860082579"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="14"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:p w14:paraId="17B354D7" w14:textId="08C33103" w:rsidR="008B7A25" w:rsidRPr="004F2BAE" w:rsidRDefault="00CB0DE0" w:rsidP="004F2BAE">
+          <w:p w14:paraId="17B354D7" w14:textId="3C8B1F5E" w:rsidR="008B7A25" w:rsidRPr="004F2BAE" w:rsidRDefault="00CB0DE0" w:rsidP="004F2BAE">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4680"/>
                 <w:tab w:val="clear" w:pos="9360"/>
                 <w:tab w:val="right" w:pos="10080"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F2BAE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Version: </w:t>
             </w:r>
             <w:r w:rsidR="00C03BFA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:ins w:id="25" w:author="Klaudia  Rymaszewski" w:date="2025-03-27T09:00:00Z" w16du:dateUtc="2025-03-27T13:00:00Z">
-[...18 lines deleted...]
-            </w:del>
+            <w:r w:rsidR="002A7E47">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>5March</w:t>
+            </w:r>
             <w:r w:rsidR="004F2BAE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="008B7A25" w:rsidRPr="004F2BAE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
             <w:r w:rsidR="008B7A25" w:rsidRPr="004F2BAE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
@@ -6175,372 +6116,102 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="6400800" cy="830580"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
-    <mc:AlternateContent>
-[...76 lines deleted...]
-    </mc:AlternateContent>
+    <w:pict>
+      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+        <v:stroke joinstyle="miter"/>
+        <v:formulas>
+          <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+          <v:f eqn="sum @0 1 0"/>
+          <v:f eqn="sum 0 0 @1"/>
+          <v:f eqn="prod @2 1 2"/>
+          <v:f eqn="prod @3 21600 pixelWidth"/>
+          <v:f eqn="prod @3 21600 pixelHeight"/>
+          <v:f eqn="sum @0 0 1"/>
+          <v:f eqn="prod @6 1 2"/>
+          <v:f eqn="prod @7 21600 pixelWidth"/>
+          <v:f eqn="sum @8 21600 0"/>
+          <v:f eqn="prod @7 21600 pixelHeight"/>
+          <v:f eqn="sum @10 21600 0"/>
+        </v:formulas>
+        <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+        <o:lock v:ext="edit" aspectratio="t"/>
+      </v:shapetype>
+      <v:shape id="Picture 617318655" o:spid="_x0000_i1026" type="#_x0000_t75" style="width:10.5pt;height:10.5pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+        <v:imagedata r:id="rId1" o:title=""/>
+      </v:shape>
+    </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="1">
-    <mc:AlternateContent>
-[...57 lines deleted...]
-    </mc:AlternateContent>
+    <w:pict>
+      <v:shape id="Picture 1174723863" o:spid="_x0000_i1027" type="#_x0000_t75" style="width:16.5pt;height:9.75pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+        <v:imagedata r:id="rId2" o:title=""/>
+      </v:shape>
+    </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="2">
-    <mc:AlternateContent>
-[...57 lines deleted...]
-    </mc:AlternateContent>
+    <w:pict>
+      <v:shape id="Picture 996654693" o:spid="_x0000_i1028" type="#_x0000_t75" style="width:9.75pt;height:9.75pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+        <v:imagedata r:id="rId3" o:title=""/>
+      </v:shape>
+    </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="3">
-    <mc:AlternateContent>
-[...57 lines deleted...]
-    </mc:AlternateContent>
+    <w:pict>
+      <v:shape id="Picture 859572427" o:spid="_x0000_i1029" type="#_x0000_t75" style="width:9.75pt;height:9.75pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+        <v:imagedata r:id="rId4" o:title=""/>
+      </v:shape>
+    </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="4">
-    <mc:AlternateContent>
-[...57 lines deleted...]
-    </mc:AlternateContent>
+    <w:pict>
+      <v:shape id="Picture 1032170592" o:spid="_x0000_i1030" type="#_x0000_t75" style="width:6pt;height:9.75pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+        <v:imagedata r:id="rId5" o:title=""/>
+      </v:shape>
+    </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="013D3094"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F57C5E14"/>
     <w:lvl w:ilvl="0" w:tplc="86BEA1D2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -7948,133 +7619,129 @@
   </w:num>
   <w:num w:numId="12" w16cid:durableId="970675160">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1012102413">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="597521194">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1448618800">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="507671807">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1951206649">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1553537931">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="0"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="9YgWsITPeW+1J8tzUwoUH4P+Bq6AiNOoySspSDDKkkBwcISfgUklLmjryWAbqsb5Z34jKO4oyb+7+B7v14Mfmg==" w:salt="BmaW1SqzSiC+Fo0mFAtheQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="5121"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FE3ECC"/>
     <w:rsid w:val="00000927"/>
     <w:rsid w:val="00003D63"/>
     <w:rsid w:val="00006F4D"/>
     <w:rsid w:val="00032AA1"/>
     <w:rsid w:val="0004271A"/>
     <w:rsid w:val="0005427D"/>
     <w:rsid w:val="000948FD"/>
     <w:rsid w:val="00096258"/>
     <w:rsid w:val="00096A94"/>
     <w:rsid w:val="000B5EB7"/>
     <w:rsid w:val="000C744B"/>
     <w:rsid w:val="000E4515"/>
     <w:rsid w:val="000E5543"/>
     <w:rsid w:val="000F41DE"/>
     <w:rsid w:val="00111191"/>
     <w:rsid w:val="00113159"/>
     <w:rsid w:val="001205D9"/>
     <w:rsid w:val="0014312A"/>
     <w:rsid w:val="0015497C"/>
     <w:rsid w:val="0018298A"/>
     <w:rsid w:val="001925DB"/>
     <w:rsid w:val="00196D6B"/>
     <w:rsid w:val="001A6C2A"/>
     <w:rsid w:val="001B5BDE"/>
     <w:rsid w:val="001C4997"/>
     <w:rsid w:val="001F513B"/>
     <w:rsid w:val="00206ADD"/>
     <w:rsid w:val="00207551"/>
     <w:rsid w:val="00212CEF"/>
     <w:rsid w:val="002317A1"/>
+    <w:rsid w:val="00244414"/>
+    <w:rsid w:val="00291E9D"/>
     <w:rsid w:val="002A4830"/>
     <w:rsid w:val="002A6936"/>
     <w:rsid w:val="002A7E47"/>
     <w:rsid w:val="002C2A7E"/>
     <w:rsid w:val="002C3E91"/>
     <w:rsid w:val="002C590B"/>
     <w:rsid w:val="00304E41"/>
     <w:rsid w:val="003100CE"/>
     <w:rsid w:val="00310BC5"/>
     <w:rsid w:val="00311A88"/>
     <w:rsid w:val="00330DDD"/>
     <w:rsid w:val="00367701"/>
     <w:rsid w:val="0037387F"/>
+    <w:rsid w:val="00377BDF"/>
     <w:rsid w:val="0038473D"/>
     <w:rsid w:val="003B13D2"/>
     <w:rsid w:val="003C634F"/>
     <w:rsid w:val="003E038E"/>
     <w:rsid w:val="003E15A7"/>
     <w:rsid w:val="003E2058"/>
     <w:rsid w:val="003E2246"/>
     <w:rsid w:val="003E3034"/>
     <w:rsid w:val="003E6D3D"/>
     <w:rsid w:val="004113AC"/>
     <w:rsid w:val="00414210"/>
     <w:rsid w:val="00427454"/>
     <w:rsid w:val="00436412"/>
     <w:rsid w:val="0044526B"/>
     <w:rsid w:val="0044581C"/>
     <w:rsid w:val="00446283"/>
     <w:rsid w:val="004673EF"/>
     <w:rsid w:val="00471B4F"/>
     <w:rsid w:val="004857F1"/>
     <w:rsid w:val="00497E75"/>
     <w:rsid w:val="004B340E"/>
     <w:rsid w:val="004E1BDD"/>
     <w:rsid w:val="004E3FD0"/>
     <w:rsid w:val="004F2BAE"/>
     <w:rsid w:val="0050114B"/>
@@ -8088,154 +7755,161 @@
     <w:rsid w:val="005B748E"/>
     <w:rsid w:val="005D7CA4"/>
     <w:rsid w:val="005F0D5A"/>
     <w:rsid w:val="0061458D"/>
     <w:rsid w:val="006157E1"/>
     <w:rsid w:val="0062036B"/>
     <w:rsid w:val="006207EE"/>
     <w:rsid w:val="00622167"/>
     <w:rsid w:val="006349A1"/>
     <w:rsid w:val="006579AB"/>
     <w:rsid w:val="00657F25"/>
     <w:rsid w:val="0066302E"/>
     <w:rsid w:val="00663376"/>
     <w:rsid w:val="00663D18"/>
     <w:rsid w:val="00666897"/>
     <w:rsid w:val="006669E9"/>
     <w:rsid w:val="00671EA5"/>
     <w:rsid w:val="00680F60"/>
     <w:rsid w:val="006A004F"/>
     <w:rsid w:val="006A36B9"/>
     <w:rsid w:val="006A5AB7"/>
     <w:rsid w:val="006C77AF"/>
     <w:rsid w:val="006D099E"/>
     <w:rsid w:val="006E651A"/>
     <w:rsid w:val="006F143C"/>
+    <w:rsid w:val="00737F63"/>
     <w:rsid w:val="007718A9"/>
     <w:rsid w:val="0077227D"/>
     <w:rsid w:val="007722A3"/>
     <w:rsid w:val="00786987"/>
     <w:rsid w:val="00790167"/>
     <w:rsid w:val="007965A4"/>
     <w:rsid w:val="007C12C9"/>
     <w:rsid w:val="007C5BF0"/>
     <w:rsid w:val="007C69CA"/>
     <w:rsid w:val="00804638"/>
     <w:rsid w:val="00804AE7"/>
     <w:rsid w:val="008141FB"/>
+    <w:rsid w:val="00815B62"/>
+    <w:rsid w:val="00820220"/>
     <w:rsid w:val="008231F6"/>
     <w:rsid w:val="00823C72"/>
     <w:rsid w:val="0082505C"/>
     <w:rsid w:val="00837BA7"/>
     <w:rsid w:val="00851090"/>
     <w:rsid w:val="00857053"/>
     <w:rsid w:val="00871AED"/>
     <w:rsid w:val="008B331A"/>
     <w:rsid w:val="008B4D47"/>
     <w:rsid w:val="008B7A25"/>
     <w:rsid w:val="008F4D03"/>
     <w:rsid w:val="00905B60"/>
     <w:rsid w:val="00917F4D"/>
     <w:rsid w:val="00945988"/>
     <w:rsid w:val="009769FF"/>
     <w:rsid w:val="00980062"/>
     <w:rsid w:val="009827DF"/>
     <w:rsid w:val="0098373C"/>
     <w:rsid w:val="00986D86"/>
     <w:rsid w:val="009A45C3"/>
+    <w:rsid w:val="009B5667"/>
     <w:rsid w:val="009C28C8"/>
     <w:rsid w:val="009E4821"/>
     <w:rsid w:val="009E488C"/>
     <w:rsid w:val="009E4A9F"/>
     <w:rsid w:val="009E5CE6"/>
     <w:rsid w:val="00A2223D"/>
     <w:rsid w:val="00A27DE1"/>
     <w:rsid w:val="00A30E00"/>
     <w:rsid w:val="00A43DBB"/>
     <w:rsid w:val="00A44AE5"/>
     <w:rsid w:val="00A47570"/>
     <w:rsid w:val="00A621FE"/>
     <w:rsid w:val="00A65C13"/>
     <w:rsid w:val="00A83920"/>
     <w:rsid w:val="00A94249"/>
     <w:rsid w:val="00AA4390"/>
     <w:rsid w:val="00AB0146"/>
     <w:rsid w:val="00AB2820"/>
     <w:rsid w:val="00AC1FCE"/>
     <w:rsid w:val="00AF2B32"/>
     <w:rsid w:val="00AF2FC2"/>
     <w:rsid w:val="00B07836"/>
+    <w:rsid w:val="00B1749F"/>
     <w:rsid w:val="00B45735"/>
     <w:rsid w:val="00B8000A"/>
     <w:rsid w:val="00B81BC6"/>
     <w:rsid w:val="00B86D1B"/>
     <w:rsid w:val="00B91083"/>
     <w:rsid w:val="00B917F4"/>
     <w:rsid w:val="00B93178"/>
     <w:rsid w:val="00B93378"/>
     <w:rsid w:val="00BA52F1"/>
     <w:rsid w:val="00BB237D"/>
     <w:rsid w:val="00BE6240"/>
     <w:rsid w:val="00BE74D5"/>
     <w:rsid w:val="00BF782D"/>
     <w:rsid w:val="00C00263"/>
     <w:rsid w:val="00C03146"/>
     <w:rsid w:val="00C03BFA"/>
     <w:rsid w:val="00C14785"/>
     <w:rsid w:val="00C31789"/>
     <w:rsid w:val="00C401F6"/>
     <w:rsid w:val="00C619FF"/>
     <w:rsid w:val="00C62528"/>
     <w:rsid w:val="00C65596"/>
     <w:rsid w:val="00C65EC0"/>
     <w:rsid w:val="00C9643F"/>
     <w:rsid w:val="00CB0DE0"/>
+    <w:rsid w:val="00CB15E1"/>
     <w:rsid w:val="00CB33B9"/>
     <w:rsid w:val="00CD5211"/>
     <w:rsid w:val="00CE022F"/>
     <w:rsid w:val="00CE7FE9"/>
     <w:rsid w:val="00CF6F1D"/>
     <w:rsid w:val="00D124BD"/>
     <w:rsid w:val="00D27588"/>
     <w:rsid w:val="00D32F1C"/>
     <w:rsid w:val="00D4520A"/>
     <w:rsid w:val="00D46725"/>
     <w:rsid w:val="00D54E9E"/>
     <w:rsid w:val="00D60E35"/>
     <w:rsid w:val="00D66609"/>
     <w:rsid w:val="00D80A54"/>
     <w:rsid w:val="00D83CEB"/>
     <w:rsid w:val="00D9095D"/>
     <w:rsid w:val="00D90D5F"/>
     <w:rsid w:val="00D924C5"/>
     <w:rsid w:val="00DA6424"/>
     <w:rsid w:val="00DB0A8E"/>
     <w:rsid w:val="00DD1134"/>
     <w:rsid w:val="00DE24DF"/>
     <w:rsid w:val="00E0105C"/>
     <w:rsid w:val="00E0314B"/>
     <w:rsid w:val="00E10DF1"/>
+    <w:rsid w:val="00E22C54"/>
     <w:rsid w:val="00E23036"/>
     <w:rsid w:val="00E423AE"/>
     <w:rsid w:val="00E44D29"/>
     <w:rsid w:val="00E57C0D"/>
     <w:rsid w:val="00E6458D"/>
     <w:rsid w:val="00E76E71"/>
     <w:rsid w:val="00E813CC"/>
     <w:rsid w:val="00E903E4"/>
     <w:rsid w:val="00EA2668"/>
     <w:rsid w:val="00EA489E"/>
     <w:rsid w:val="00EA6A5E"/>
     <w:rsid w:val="00EC255B"/>
     <w:rsid w:val="00EC5EB0"/>
     <w:rsid w:val="00ED4567"/>
     <w:rsid w:val="00EE137A"/>
     <w:rsid w:val="00EE1BA8"/>
     <w:rsid w:val="00EE2443"/>
     <w:rsid w:val="00EE65DF"/>
     <w:rsid w:val="00EF5F06"/>
     <w:rsid w:val="00F00464"/>
     <w:rsid w:val="00F0190A"/>
     <w:rsid w:val="00F178CF"/>
     <w:rsid w:val="00F24024"/>
     <w:rsid w:val="00F24EAD"/>
     <w:rsid w:val="00F26026"/>
@@ -8247,51 +7921,51 @@
     <w:rsid w:val="00F77AA5"/>
     <w:rsid w:val="00F86248"/>
     <w:rsid w:val="00F9092B"/>
     <w:rsid w:val="00F916A6"/>
     <w:rsid w:val="00FD0D16"/>
     <w:rsid w:val="00FD39A2"/>
     <w:rsid w:val="00FE3ECC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="5121"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="644E2CC0"/>
   <w15:docId w15:val="{5E801BE6-91B7-4990-916F-1A5261C7507A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
@@ -9280,59 +8954,59 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1968077341">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tehn.ca/education-research/research/research-ethics-board-reb/research-ethics-board-reb-forms" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ResearchEthicsBoard@tehn.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tehn.ca/documents/form/research-checklist-consent-form-and-layout" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tehn.ca/education-research/research/research-ethics-board-reb/research-ethics-board-reb-forms" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ResearchEthicsBoard@tehn.ca" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tehn.ca/documents/form/research-checklist-consent-form-and-layout" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/pages/responsepage.aspx?id=zrAEUX-1UEmtdyib3BsCQ5XAES0UhG1Il3V5zW8lZZRUNlNWMlU5MUI0RUdNTDhCUFdRVlNXS0hZUS4u&amp;route=shorturl" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.gif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.gif"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.gif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9597,67 +9271,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02FA5DFA-BA46-4CC8-96F2-5383B99BE6E1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>802</Words>
-  <Characters>4577</Characters>
+  <Words>828</Words>
+  <Characters>4633</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>210</Lines>
+  <Paragraphs>188</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>MGH Research Checklist-Inital Submission</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Toronto East General Hospital</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5369</CharactersWithSpaces>
+  <CharactersWithSpaces>5273</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>MGH Research Checklist-Inital Submission</dc:title>
   <dc:creator>MGH</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>