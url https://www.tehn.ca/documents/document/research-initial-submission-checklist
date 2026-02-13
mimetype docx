--- v1 (2025-11-23)
+++ v2 (2026-02-13)
@@ -619,106 +619,102 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C333013" w14:textId="7B27DF1E" w:rsidR="00B91083" w:rsidRPr="00F26026" w:rsidRDefault="00F26026" w:rsidP="006157E1">
+          <w:p w14:paraId="1C333013" w14:textId="6BEF8E94" w:rsidR="00B91083" w:rsidRPr="00F26026" w:rsidRDefault="00F26026" w:rsidP="006157E1">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB15E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Completed </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidR="00BF782D" w:rsidRPr="00CB15E1">
+              <w:r w:rsidR="00BF782D" w:rsidRPr="004121A0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
-                  <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MGH Research </w:t>
               </w:r>
-              <w:r w:rsidR="00F24024" w:rsidRPr="00CB15E1">
+              <w:r w:rsidR="00F24024" w:rsidRPr="004121A0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
-                  <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intake and </w:t>
               </w:r>
-              <w:r w:rsidR="00096258" w:rsidRPr="00CB15E1">
+              <w:r w:rsidR="00096258" w:rsidRPr="004121A0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
-                  <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approval </w:t>
               </w:r>
-              <w:r w:rsidR="00BF782D" w:rsidRPr="00CB15E1">
+              <w:r w:rsidR="00BF782D" w:rsidRPr="004121A0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="18"/>
-                  <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Form</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="001A6C2A" w:rsidRPr="00CB15E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72C7FB8D" w14:textId="79069BE5" w:rsidR="00B91083" w:rsidRPr="0005427D" w:rsidRDefault="00B91083" w:rsidP="00F13BEB">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Meiryo UI" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
@@ -6136,79 +6132,79 @@
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="Picture 617318655" o:spid="_x0000_i1026" type="#_x0000_t75" style="width:10.5pt;height:10.5pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="Picture 617318655" o:spid="_x0000_i1025" type="#_x0000_t75" style="width:10.5pt;height:10.5pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId1" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="1">
     <w:pict>
-      <v:shape id="Picture 1174723863" o:spid="_x0000_i1027" type="#_x0000_t75" style="width:16.5pt;height:9.75pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="Picture 1174723863" o:spid="_x0000_i1026" type="#_x0000_t75" style="width:16.5pt;height:9.75pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId2" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="2">
     <w:pict>
-      <v:shape id="Picture 996654693" o:spid="_x0000_i1028" type="#_x0000_t75" style="width:9.75pt;height:9.75pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="Picture 996654693" o:spid="_x0000_i1027" type="#_x0000_t75" style="width:9.75pt;height:9.75pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId3" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="3">
     <w:pict>
-      <v:shape id="Picture 859572427" o:spid="_x0000_i1029" type="#_x0000_t75" style="width:9.75pt;height:9.75pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="Picture 859572427" o:spid="_x0000_i1028" type="#_x0000_t75" style="width:9.75pt;height:9.75pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId4" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="4">
     <w:pict>
-      <v:shape id="Picture 1032170592" o:spid="_x0000_i1030" type="#_x0000_t75" style="width:6pt;height:9.75pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="Picture 1032170592" o:spid="_x0000_i1029" type="#_x0000_t75" style="width:6pt;height:9.75pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId5" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="013D3094"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F57C5E14"/>
     <w:lvl w:ilvl="0" w:tplc="86BEA1D2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -7624,59 +7620,59 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="597521194">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1448618800">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="507671807">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1951206649">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1553537931">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="9YgWsITPeW+1J8tzUwoUH4P+Bq6AiNOoySspSDDKkkBwcISfgUklLmjryWAbqsb5Z34jKO4oyb+7+B7v14Mfmg==" w:salt="BmaW1SqzSiC+Fo0mFAtheQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="aRfxINsGJ6sF+DtM6S3GtmHezOKcZE3oBB8DZ3SySXwpbsAEGRj62s7HFbLaPhH0ikTfxd8qNWYCqJUeyN8ONw==" w:salt="EJoRtH4jVjX0fuA2JA/Vhw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5121"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FE3ECC"/>
     <w:rsid w:val="00000927"/>
     <w:rsid w:val="00003D63"/>
     <w:rsid w:val="00006F4D"/>
     <w:rsid w:val="00032AA1"/>
     <w:rsid w:val="0004271A"/>
     <w:rsid w:val="0005427D"/>
@@ -7699,89 +7695,92 @@
     <w:rsid w:val="001A6C2A"/>
     <w:rsid w:val="001B5BDE"/>
     <w:rsid w:val="001C4997"/>
     <w:rsid w:val="001F513B"/>
     <w:rsid w:val="00206ADD"/>
     <w:rsid w:val="00207551"/>
     <w:rsid w:val="00212CEF"/>
     <w:rsid w:val="002317A1"/>
     <w:rsid w:val="00244414"/>
     <w:rsid w:val="00291E9D"/>
     <w:rsid w:val="002A4830"/>
     <w:rsid w:val="002A6936"/>
     <w:rsid w:val="002A7E47"/>
     <w:rsid w:val="002C2A7E"/>
     <w:rsid w:val="002C3E91"/>
     <w:rsid w:val="002C590B"/>
     <w:rsid w:val="00304E41"/>
     <w:rsid w:val="003100CE"/>
     <w:rsid w:val="00310BC5"/>
     <w:rsid w:val="00311A88"/>
     <w:rsid w:val="00330DDD"/>
     <w:rsid w:val="00367701"/>
     <w:rsid w:val="0037387F"/>
     <w:rsid w:val="00377BDF"/>
     <w:rsid w:val="0038473D"/>
+    <w:rsid w:val="00394BDA"/>
     <w:rsid w:val="003B13D2"/>
     <w:rsid w:val="003C634F"/>
     <w:rsid w:val="003E038E"/>
     <w:rsid w:val="003E15A7"/>
     <w:rsid w:val="003E2058"/>
     <w:rsid w:val="003E2246"/>
     <w:rsid w:val="003E3034"/>
     <w:rsid w:val="003E6D3D"/>
     <w:rsid w:val="004113AC"/>
+    <w:rsid w:val="004121A0"/>
     <w:rsid w:val="00414210"/>
     <w:rsid w:val="00427454"/>
     <w:rsid w:val="00436412"/>
     <w:rsid w:val="0044526B"/>
     <w:rsid w:val="0044581C"/>
     <w:rsid w:val="00446283"/>
     <w:rsid w:val="004673EF"/>
     <w:rsid w:val="00471B4F"/>
     <w:rsid w:val="004857F1"/>
     <w:rsid w:val="00497E75"/>
     <w:rsid w:val="004B340E"/>
     <w:rsid w:val="004E1BDD"/>
     <w:rsid w:val="004E3FD0"/>
     <w:rsid w:val="004F2BAE"/>
     <w:rsid w:val="0050114B"/>
     <w:rsid w:val="005037A0"/>
     <w:rsid w:val="00504454"/>
     <w:rsid w:val="005425A4"/>
     <w:rsid w:val="005430E0"/>
     <w:rsid w:val="00567D10"/>
     <w:rsid w:val="00574144"/>
     <w:rsid w:val="005974BA"/>
     <w:rsid w:val="005B748E"/>
     <w:rsid w:val="005D7CA4"/>
     <w:rsid w:val="005F0D5A"/>
     <w:rsid w:val="0061458D"/>
     <w:rsid w:val="006157E1"/>
     <w:rsid w:val="0062036B"/>
     <w:rsid w:val="006207EE"/>
     <w:rsid w:val="00622167"/>
+    <w:rsid w:val="00625943"/>
     <w:rsid w:val="006349A1"/>
     <w:rsid w:val="006579AB"/>
     <w:rsid w:val="00657F25"/>
     <w:rsid w:val="0066302E"/>
     <w:rsid w:val="00663376"/>
     <w:rsid w:val="00663D18"/>
     <w:rsid w:val="00666897"/>
     <w:rsid w:val="006669E9"/>
     <w:rsid w:val="00671EA5"/>
     <w:rsid w:val="00680F60"/>
     <w:rsid w:val="006A004F"/>
     <w:rsid w:val="006A36B9"/>
     <w:rsid w:val="006A5AB7"/>
     <w:rsid w:val="006C77AF"/>
     <w:rsid w:val="006D099E"/>
     <w:rsid w:val="006E651A"/>
     <w:rsid w:val="006F143C"/>
     <w:rsid w:val="00737F63"/>
     <w:rsid w:val="007718A9"/>
     <w:rsid w:val="0077227D"/>
     <w:rsid w:val="007722A3"/>
     <w:rsid w:val="00786987"/>
     <w:rsid w:val="00790167"/>
     <w:rsid w:val="007965A4"/>
     <w:rsid w:val="007C12C9"/>
@@ -7921,51 +7920,51 @@
     <w:rsid w:val="00F77AA5"/>
     <w:rsid w:val="00F86248"/>
     <w:rsid w:val="00F9092B"/>
     <w:rsid w:val="00F916A6"/>
     <w:rsid w:val="00FD0D16"/>
     <w:rsid w:val="00FD39A2"/>
     <w:rsid w:val="00FE3ECC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5121"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="644E2CC0"/>
   <w15:docId w15:val="{5E801BE6-91B7-4990-916F-1A5261C7507A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
@@ -8954,51 +8953,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1968077341">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tehn.ca/education-research/research/research-ethics-board-reb/research-ethics-board-reb-forms" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ResearchEthicsBoard@tehn.ca" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tehn.ca/documents/form/research-checklist-consent-form-and-layout" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/pages/responsepage.aspx?id=zrAEUX-1UEmtdyib3BsCQ5XAES0UhG1Il3V5zW8lZZRUNlNWMlU5MUI0RUdNTDhCUFdRVlNXS0hZUS4u&amp;route=shorturl" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tehn.ca/education-research/research/research-ethics-board-reb/research-ethics-board-reb-forms" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ResearchEthicsBoard@tehn.ca" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tehn.ca/documents/form/research-checklist-consent-form-and-layout" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://redcap.tehn.ca/surveys/?s=T8RWE3RNF8R397MM" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.gif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -9271,67 +9270,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02FA5DFA-BA46-4CC8-96F2-5383B99BE6E1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>828</Words>
-  <Characters>4633</Characters>
+  <Words>800</Words>
+  <Characters>4564</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>210</Lines>
-  <Paragraphs>188</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>MGH Research Checklist-Inital Submission</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Toronto East General Hospital</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5273</CharactersWithSpaces>
+  <CharactersWithSpaces>5354</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>MGH Research Checklist-Inital Submission</dc:title>
   <dc:creator>MGH</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>